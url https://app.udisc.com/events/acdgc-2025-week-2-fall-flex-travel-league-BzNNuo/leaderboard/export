--- v0 (2025-10-19)
+++ v1 (2025-11-08)
@@ -735,50 +735,53 @@
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>MA1</v>
       </c>
       <c r="B4" t="str">
         <v>T2</v>
       </c>
       <c r="C4">
         <v>2</v>
       </c>
       <c r="D4" t="str">
         <v>Chet Christner</v>
       </c>
       <c r="E4">
         <v>-3</v>
       </c>
       <c r="F4">
         <v>53</v>
       </c>
       <c r="G4">
         <v>2</v>
       </c>
+      <c r="H4">
+        <v>316462</v>
+      </c>
       <c r="I4" t="str">
         <v>cchristner</v>
       </c>
       <c r="J4">
         <v>-3</v>
       </c>
       <c r="K4">
         <v>53</v>
       </c>
       <c r="L4">
         <v>3</v>
       </c>
       <c r="M4">
         <v>3</v>
       </c>
       <c r="N4">
         <v>2</v>
       </c>
       <c r="O4">
         <v>2</v>
       </c>
       <c r="P4">
         <v>3</v>
       </c>
       <c r="Q4">
@@ -1945,50 +1948,53 @@
         <v>3</v>
       </c>
       <c r="AC17">
         <v>3</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>MA1</v>
       </c>
       <c r="B18" t="str">
         <v>DUP</v>
       </c>
       <c r="D18" t="str">
         <v>Chet Christner</v>
       </c>
       <c r="E18">
         <v>2</v>
       </c>
       <c r="F18">
         <v>58</v>
       </c>
       <c r="G18">
         <v>3</v>
       </c>
+      <c r="H18">
+        <v>316462</v>
+      </c>
       <c r="I18" t="str">
         <v>cchristner</v>
       </c>
       <c r="J18">
         <v>2</v>
       </c>
       <c r="K18">
         <v>58</v>
       </c>
       <c r="L18">
         <v>3</v>
       </c>
       <c r="M18">
         <v>3</v>
       </c>
       <c r="N18">
         <v>2</v>
       </c>
       <c r="O18">
         <v>3</v>
       </c>
       <c r="P18">
         <v>3</v>
       </c>
       <c r="Q18">
@@ -2027,50 +2033,53 @@
       <c r="AB18">
         <v>3</v>
       </c>
       <c r="AC18">
         <v>4</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>MA1</v>
       </c>
       <c r="B19" t="str">
         <v>DUP</v>
       </c>
       <c r="D19" t="str">
         <v>Chet Christner</v>
       </c>
       <c r="E19">
         <v>3</v>
       </c>
       <c r="F19">
         <v>59</v>
       </c>
       <c r="G19">
         <v>1</v>
+      </c>
+      <c r="H19">
+        <v>316462</v>
       </c>
       <c r="I19" t="str">
         <v>cchristner</v>
       </c>
       <c r="J19">
         <v>3</v>
       </c>
       <c r="K19">
         <v>59</v>
       </c>
       <c r="L19">
         <v>4</v>
       </c>
       <c r="M19">
         <v>3</v>
       </c>
       <c r="N19">
         <v>3</v>
       </c>
       <c r="O19">
         <v>2</v>
       </c>
       <c r="P19">
         <v>3</v>
       </c>