--- v0 (2025-10-19)
+++ v1 (2025-11-08)
@@ -768,50 +768,53 @@
       </c>
       <c r="C4">
         <v>-2</v>
       </c>
       <c r="D4">
         <v>6</v>
       </c>
       <c r="E4" t="str">
         <v>MA1</v>
       </c>
       <c r="F4" t="str">
         <v>1</v>
       </c>
       <c r="G4">
         <v>1</v>
       </c>
       <c r="H4" t="str">
         <v>Crosby Abe</v>
       </c>
       <c r="I4">
         <v>-8</v>
       </c>
       <c r="J4">
         <v>46</v>
       </c>
+      <c r="K4">
+        <v>316034</v>
+      </c>
       <c r="L4" t="str">
         <v>crosbyabe11</v>
       </c>
       <c r="M4">
         <v>-8</v>
       </c>
       <c r="N4">
         <v>46</v>
       </c>
       <c r="O4">
         <v>3</v>
       </c>
       <c r="P4">
         <v>2</v>
       </c>
       <c r="Q4">
         <v>2</v>
       </c>
       <c r="R4">
         <v>3</v>
       </c>
       <c r="S4">
         <v>2</v>
       </c>
       <c r="T4">