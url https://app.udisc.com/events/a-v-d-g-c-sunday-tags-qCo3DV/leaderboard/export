--- v0 (2025-10-22)
+++ v1 (2025-11-12)
@@ -1102,51 +1102,51 @@
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>Open</v>
       </c>
       <c r="B8" t="str">
         <v>T7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
         <v>Jesse Stillwagon</v>
       </c>
       <c r="E8">
         <v>8</v>
       </c>
       <c r="F8">
         <v>68</v>
       </c>
       <c r="G8">
         <v>270561</v>
       </c>
       <c r="H8" t="str">
-        <v>meritius</v>
+        <v>jstillwagon</v>
       </c>
       <c r="I8">
         <v>8</v>
       </c>
       <c r="J8">
         <v>68</v>
       </c>
       <c r="K8">
         <v>3</v>
       </c>
       <c r="L8">
         <v>4</v>
       </c>
       <c r="M8">
         <v>4</v>
       </c>
       <c r="N8">
         <v>3</v>
       </c>
       <c r="O8">
         <v>3</v>
       </c>
       <c r="P8">
         <v>3</v>
       </c>