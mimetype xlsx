--- v0 (2025-11-12)
+++ v1 (2025-12-03)
@@ -1238,50 +1238,53 @@
         <v>4</v>
       </c>
       <c r="AB9">
         <v>4</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>GEN</v>
       </c>
       <c r="B10" t="str">
         <v>T8</v>
       </c>
       <c r="C10">
         <v>8</v>
       </c>
       <c r="D10" t="str">
         <v xml:space="preserve">Jeff Sprague </v>
       </c>
       <c r="E10">
         <v>4</v>
       </c>
       <c r="F10">
         <v>62</v>
       </c>
+      <c r="G10">
+        <v>318010</v>
+      </c>
       <c r="H10" t="str">
         <v>jestrjef</v>
       </c>
       <c r="I10">
         <v>4</v>
       </c>
       <c r="J10">
         <v>62</v>
       </c>
       <c r="K10">
         <v>3</v>
       </c>
       <c r="L10">
         <v>4</v>
       </c>
       <c r="M10">
         <v>2</v>
       </c>
       <c r="N10">
         <v>3</v>
       </c>
       <c r="O10">
         <v>3</v>
       </c>
       <c r="P10">
@@ -1320,50 +1323,53 @@
       <c r="AA10">
         <v>3</v>
       </c>
       <c r="AB10">
         <v>4</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>GEN</v>
       </c>
       <c r="B11" t="str">
         <v>10</v>
       </c>
       <c r="C11">
         <v>10</v>
       </c>
       <c r="D11" t="str">
         <v>Travis Walters</v>
       </c>
       <c r="E11">
         <v>5</v>
       </c>
       <c r="F11">
         <v>63</v>
+      </c>
+      <c r="G11">
+        <v>260580</v>
       </c>
       <c r="H11" t="str">
         <v>papamu18</v>
       </c>
       <c r="I11">
         <v>5</v>
       </c>
       <c r="J11">
         <v>63</v>
       </c>
       <c r="K11">
         <v>3</v>
       </c>
       <c r="L11">
         <v>3</v>
       </c>
       <c r="M11">
         <v>3</v>
       </c>
       <c r="N11">
         <v>3</v>
       </c>
       <c r="O11">
         <v>3</v>
       </c>