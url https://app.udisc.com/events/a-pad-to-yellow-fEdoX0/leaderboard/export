--- v0 (2025-11-12)
+++ v1 (2025-12-03)
@@ -1235,50 +1235,53 @@
         <v>4</v>
       </c>
       <c r="AB9">
         <v>3</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>GEN</v>
       </c>
       <c r="B10" t="str">
         <v>T8</v>
       </c>
       <c r="C10">
         <v>8</v>
       </c>
       <c r="D10" t="str">
         <v>Travis Walters</v>
       </c>
       <c r="E10">
         <v>6</v>
       </c>
       <c r="F10">
         <v>64</v>
       </c>
+      <c r="G10">
+        <v>260580</v>
+      </c>
       <c r="H10" t="str">
         <v>papamu18</v>
       </c>
       <c r="I10">
         <v>6</v>
       </c>
       <c r="J10">
         <v>64</v>
       </c>
       <c r="K10">
         <v>3</v>
       </c>
       <c r="L10">
         <v>3</v>
       </c>
       <c r="M10">
         <v>3</v>
       </c>
       <c r="N10">
         <v>4</v>
       </c>
       <c r="O10">
         <v>3</v>
       </c>
       <c r="P10">
@@ -1403,50 +1406,53 @@
       <c r="AA11">
         <v>4</v>
       </c>
       <c r="AB11">
         <v>4</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>GEN</v>
       </c>
       <c r="B12" t="str">
         <v>11</v>
       </c>
       <c r="C12">
         <v>11</v>
       </c>
       <c r="D12" t="str">
         <v xml:space="preserve">Jeff Sprague </v>
       </c>
       <c r="E12">
         <v>9</v>
       </c>
       <c r="F12">
         <v>67</v>
+      </c>
+      <c r="G12">
+        <v>318010</v>
       </c>
       <c r="H12" t="str">
         <v>jestrjef</v>
       </c>
       <c r="I12">
         <v>9</v>
       </c>
       <c r="J12">
         <v>67</v>
       </c>
       <c r="K12">
         <v>3</v>
       </c>
       <c r="L12">
         <v>3</v>
       </c>
       <c r="M12">
         <v>3</v>
       </c>
       <c r="N12">
         <v>3</v>
       </c>
       <c r="O12">
         <v>3</v>
       </c>