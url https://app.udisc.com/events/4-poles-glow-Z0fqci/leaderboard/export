--- v0 (2025-11-19)
+++ v1 (2025-12-30)
@@ -2676,50 +2676,53 @@
         <v>3</v>
       </c>
       <c r="AB26">
         <v>4</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>MA1</v>
       </c>
       <c r="B27" t="str">
         <v>T14</v>
       </c>
       <c r="C27">
         <v>14</v>
       </c>
       <c r="D27" t="str">
         <v>Bobby Van Buskirk</v>
       </c>
       <c r="E27">
         <v>6</v>
       </c>
       <c r="F27">
         <v>60</v>
       </c>
+      <c r="G27">
+        <v>318483</v>
+      </c>
       <c r="H27" t="str">
         <v>egroerok</v>
       </c>
       <c r="I27">
         <v>6</v>
       </c>
       <c r="J27">
         <v>60</v>
       </c>
       <c r="K27">
         <v>3</v>
       </c>
       <c r="L27">
         <v>3</v>
       </c>
       <c r="M27">
         <v>3</v>
       </c>
       <c r="N27">
         <v>3</v>
       </c>
       <c r="O27">
         <v>3</v>
       </c>
       <c r="P27">