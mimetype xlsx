--- v0 (2025-11-19)
+++ v1 (2025-12-30)
@@ -2937,50 +2937,53 @@
         <v>2</v>
       </c>
       <c r="AB29">
         <v>4</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>MA1</v>
       </c>
       <c r="B30" t="str">
         <v>T12</v>
       </c>
       <c r="C30">
         <v>12</v>
       </c>
       <c r="D30" t="str">
         <v>Bobby Van Buskirk</v>
       </c>
       <c r="E30">
         <v>3</v>
       </c>
       <c r="F30">
         <v>57</v>
       </c>
+      <c r="G30">
+        <v>318483</v>
+      </c>
       <c r="H30" t="str">
         <v>egroerok</v>
       </c>
       <c r="I30">
         <v>3</v>
       </c>
       <c r="J30">
         <v>57</v>
       </c>
       <c r="K30">
         <v>4</v>
       </c>
       <c r="L30">
         <v>5</v>
       </c>
       <c r="M30">
         <v>3</v>
       </c>
       <c r="N30">
         <v>4</v>
       </c>
       <c r="O30">
         <v>2</v>
       </c>
       <c r="P30">