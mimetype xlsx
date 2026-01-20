--- v0 (2025-12-30)
+++ v1 (2026-01-20)
@@ -2584,50 +2584,53 @@
         <v>3</v>
       </c>
       <c r="AB25">
         <v>2</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>MA1</v>
       </c>
       <c r="B26" t="str">
         <v>14</v>
       </c>
       <c r="C26">
         <v>14</v>
       </c>
       <c r="D26" t="str">
         <v>Brandon Weeks</v>
       </c>
       <c r="E26">
         <v>5</v>
       </c>
       <c r="F26">
         <v>59</v>
       </c>
+      <c r="G26">
+        <v>317846</v>
+      </c>
       <c r="H26" t="str">
         <v>weeksbrandon</v>
       </c>
       <c r="I26">
         <v>5</v>
       </c>
       <c r="J26">
         <v>59</v>
       </c>
       <c r="K26">
         <v>3</v>
       </c>
       <c r="L26">
         <v>3</v>
       </c>
       <c r="M26">
         <v>4</v>
       </c>
       <c r="N26">
         <v>3</v>
       </c>
       <c r="O26">
         <v>4</v>
       </c>
       <c r="P26">