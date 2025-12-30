--- v0 (2025-11-19)
+++ v1 (2025-12-30)
@@ -2003,50 +2003,53 @@
         <v>4</v>
       </c>
       <c r="AB18">
         <v>3</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>MA1</v>
       </c>
       <c r="B19" t="str">
         <v>T7</v>
       </c>
       <c r="C19">
         <v>7</v>
       </c>
       <c r="D19" t="str">
         <v>Bobby Van Buskirk</v>
       </c>
       <c r="E19">
         <v>-1</v>
       </c>
       <c r="F19">
         <v>53</v>
       </c>
+      <c r="G19">
+        <v>318483</v>
+      </c>
       <c r="H19" t="str">
         <v>egroerok</v>
       </c>
       <c r="I19">
         <v>-1</v>
       </c>
       <c r="J19">
         <v>53</v>
       </c>
       <c r="K19">
         <v>4</v>
       </c>
       <c r="L19">
         <v>2</v>
       </c>
       <c r="M19">
         <v>2</v>
       </c>
       <c r="N19">
         <v>3</v>
       </c>
       <c r="O19">
         <v>4</v>
       </c>
       <c r="P19">