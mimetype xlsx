--- v1 (2025-12-30)
+++ v2 (2026-01-20)
@@ -2685,50 +2685,53 @@
         <v>3</v>
       </c>
       <c r="AB26">
         <v>2</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>MA1</v>
       </c>
       <c r="B27" t="str">
         <v>T14</v>
       </c>
       <c r="C27">
         <v>14</v>
       </c>
       <c r="D27" t="str">
         <v>Brandon Weeks</v>
       </c>
       <c r="E27">
         <v>3</v>
       </c>
       <c r="F27">
         <v>57</v>
       </c>
+      <c r="G27">
+        <v>317846</v>
+      </c>
       <c r="H27" t="str">
         <v>weeksbrandon</v>
       </c>
       <c r="I27">
         <v>3</v>
       </c>
       <c r="J27">
         <v>57</v>
       </c>
       <c r="K27">
         <v>3</v>
       </c>
       <c r="L27">
         <v>4</v>
       </c>
       <c r="M27">
         <v>3</v>
       </c>
       <c r="N27">
         <v>2</v>
       </c>
       <c r="O27">
         <v>4</v>
       </c>
       <c r="P27">